--- v0 (2025-10-08)
+++ v1 (2026-02-25)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpY="-747"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="80" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6034"/>
         <w:gridCol w:w="1473"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A3688" w:rsidRPr="008A3688" w14:paraId="27A52647" w14:textId="77777777" w:rsidTr="008A3688">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="1420"/>
         </w:trPr>
         <w:tc>
@@ -311,80 +311,80 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="1152525" cy="1133475"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A3688" w:rsidRPr="008A3688" w14:paraId="72BC1F96" w14:textId="77777777" w:rsidTr="008A3688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6034" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05BA2BCB" w14:textId="77777777" w:rsidR="008A3688" w:rsidRPr="008A3688" w:rsidRDefault="004C2AF9" w:rsidP="008A3688">
+          <w:p w14:paraId="05BA2BCB" w14:textId="77777777" w:rsidR="008A3688" w:rsidRPr="008A3688" w:rsidRDefault="008A3688" w:rsidP="008A3688">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9880"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:anchor=".nl" w:history="1">
-              <w:r w:rsidR="008A3688" w:rsidRPr="008A3688">
+              <w:r w:rsidRPr="008A3688">
                 <w:rPr>
                   <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>www.scouting-bemmel</w:t>
               </w:r>
-              <w:r w:rsidR="008A3688" w:rsidRPr="008A3688">
+              <w:r w:rsidRPr="008A3688">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="nl-NL"/>
                 </w:rPr>
                 <mc:AlternateContent>
                   <mc:Choice Requires="wps">
                     <w:drawing>
                       <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="296464B6" wp14:editId="0B7863DA">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>-62865</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>229869</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="6019800" cy="0"/>
                         <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                         <wp:wrapNone/>
                         <wp:docPr id="2" name="Line 29"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                         </wp:cNvGraphicFramePr>
@@ -427,51 +427,51 @@
                                       </a:effectLst>
                                     </a14:hiddenEffects>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:bodyPr/>
                             </wps:wsp>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </mc:Choice>
                   <mc:Fallback>
                     <w:pict>
                       <v:line w14:anchorId="651FFA58" id="Line 29" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.95pt,18.1pt" to="469.05pt,18.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPJLnJtAEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YCtGiNOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lxVmy3YT4IpEg+PT7S64fT6MTREFv0rVwuaimMV6it71v54/Xp050U&#10;HMFrcOhNK8+G5cPm44f1FBqzwgGdNiQSiOdmCq0cYgxNVbEazAi8wGB8CnZII8TkUl9pgimhj65a&#10;1fVtNSHpQKgMc7p9fAvKTcHvOqPi965jE4VrZeIWy0nl3Oez2qyh6QnCYNWFBvwDixGsT49eoR4h&#10;gjiQ/QtqtIqQsYsLhWOFXWeVKT2kbpb1H928DBBM6SWJw+EqE/8/WPXtuPU7ytTVyb+EZ1Q/WXjc&#10;DuB7Uwi8nkMa3DJLVU2Bm2tJdjjsSOynr6hTDhwiFhVOHY0ZMvUnTkXs81Vsc4pCpcvbenl/V6eZ&#10;qDlWQTMXBuL4xeAostFKZ33WARo4PnPMRKCZU/K1xyfrXJml82Jq5f3N6qYUMDqrczCnMfX7rSNx&#10;hLwN5Stdpcj7NMKD1wVsMKA/X+wI1r3Z6XHnM54pC3ZhNKuRV4+bPerzjmbJ0vAK58ui5e147xdh&#10;f/8Om18AAAD//wMAUEsDBBQABgAIAAAAIQChsm3j3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT8JAEIXvJvyHzZBwIbClTQit3RKj9uZF1HgdukPb0J0t3QWKv941HvT45r28902+HU0nLjS4&#10;1rKC1TICQVxZ3XKt4P2tXGxAOI+ssbNMCm7kYFtM7nLMtL3yK112vhahhF2GChrv+0xKVzVk0C1t&#10;Txy8gx0M+iCHWuoBr6HcdDKOorU02HJYaLCnx4aq4+5sFLjyg07l17yaR59JbSk+Pb08o1Kz6fhw&#10;D8LT6P/C8IMf0KEITHt7Zu1Ep2CRpiGpIFnHIIKfJpsViP3vQRa5/P9A8Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCPJLnJtAEAAFYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQChsm3j3QAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" o:allowincell="f"/>
                     </w:pict>
                   </mc:Fallback>
                 </mc:AlternateContent>
               </w:r>
-              <w:r w:rsidR="008A3688" w:rsidRPr="008A3688">
+              <w:r w:rsidRPr="008A3688">
                 <w:rPr>
                   <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>.nl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3464" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="522EAE7C" w14:textId="77777777" w:rsidR="008A3688" w:rsidRPr="008A3688" w:rsidRDefault="008A3688" w:rsidP="008A3688">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="2000"/>
                 <w:tab w:val="right" w:pos="9880"/>
               </w:tabs>
@@ -513,128 +513,135 @@
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3614B022" w14:textId="77777777" w:rsidR="00D6495B" w:rsidRDefault="00D6495B" w:rsidP="009758DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52B5DEE5" w14:textId="4E05C8CD" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
+    <w:p w14:paraId="52B5DEE5" w14:textId="3C75E88F" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>BESTEL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FORMULIER NIEUWE UNIFORMEN 20</w:t>
       </w:r>
       <w:r w:rsidR="00F31B96">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2634C92A" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52161F28" w14:textId="0F4A4564" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="00F31B96" w:rsidP="009758DC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Scouting Bemmel</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="009758DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>heeft een eigentijds</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="009758DC">
         <w:t xml:space="preserve"> uniform bestaande uit een sweater en een polo (beide met ons eigen scoutingembleem). Het dragen van de sweater tijdens de groepsbijeenkomsten is</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="009758DC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="009758DC">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>verplicht</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="009758DC">
         <w:t>, met als alternatief voor het warme weer de polo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B625A3" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CEAB78" w14:textId="28DE522A" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
+    <w:p w14:paraId="27CEAB78" w14:textId="4D6CB4E9" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>De sweaters en polo’s worden speciaal voor ons bedrukt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
@@ -664,85 +671,94 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> voor de nieuwe uniformen </w:t>
       </w:r>
       <w:r w:rsidR="004C2AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>zijn</w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> vastgesteld op € 2</w:t>
       </w:r>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>7,</w:t>
+      </w:r>
       <w:r w:rsidR="008A3688">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> per polo, € </w:t>
       </w:r>
-      <w:r w:rsidR="008A3688">
-[...15 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>40,-</w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> per sweater en € </w:t>
       </w:r>
       <w:r w:rsidR="004C2AF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>2,50</w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
@@ -761,51 +777,69 @@
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve"> speltak</w:t>
       </w:r>
       <w:r w:rsidR="00282BF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">specifieke badges – die dient u zelf op de polo en/of sweater te naaien in de hartstreek. Als u nog over badges beschikt dan kunt u die uiteraard hergebruiken (van het oude uniform afhalen en op het nieuwe naaien) of eventueel omruilen indien uw kind bij een andere speltak zit (mits </w:t>
+        <w:t>specifieke badge – die dient u zelf op de polo en/of sweater te naaien</w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of te lijmen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009758DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in de hartstreek. Als u nog over badges beschikt dan kunt u die uiteraard hergebruiken (van het oude uniform afhalen en op het nieuwe naaien) of eventueel omruilen indien uw kind bij een andere speltak zit (mits </w:t>
       </w:r>
       <w:r w:rsidR="00D53BF1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>onbeschadigd</w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">) bij de staf van de nieuwe speltak. </w:t>
       </w:r>
       <w:r w:rsidR="00F31B96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="nl-NL"/>
@@ -1025,51 +1059,51 @@
           </w:tcPr>
           <w:p w14:paraId="143F8732" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="781"/>
             </w:pPr>
             <w:r w:rsidRPr="009758DC">
               <w:t>Bij de staf in de blokhut, tijdens groepsbijeenkomsten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="643253B7" w14:textId="24F87AF7" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="1927"/>
             </w:pPr>
             <w:r w:rsidRPr="009758DC">
               <w:t>(in blauwe b</w:t>
             </w:r>
             <w:r w:rsidR="00F31B96">
               <w:t>rieven</w:t>
             </w:r>
             <w:r w:rsidRPr="009758DC">
               <w:t>bus in stafkamer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009758DC" w:rsidRPr="00F31B96" w14:paraId="5DFC0433" w14:textId="77777777" w:rsidTr="009758DC">
+      <w:tr w:rsidR="009758DC" w:rsidRPr="008052EB" w14:paraId="5DFC0433" w14:textId="77777777" w:rsidTr="009758DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="371EA3F7" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="2693"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="265" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D850955" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="2693"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
@@ -1081,62 +1115,62 @@
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="692D71E8" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="84"/>
             </w:pPr>
             <w:r w:rsidRPr="009758DC">
               <w:t>Patrick Zweers (voorzitter/ ledenadministratie)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F77B40A" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="935"/>
             </w:pPr>
             <w:r w:rsidRPr="009758DC">
               <w:t>Bloemenstraat 1 6681 NM Bemmel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DC44663" w14:textId="77777777" w:rsidR="009758DC" w:rsidRDefault="009758DC">
+          <w:p w14:paraId="4DC44663" w14:textId="464887F2" w:rsidR="009758DC" w:rsidRDefault="009758DC">
             <w:pPr>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009758DC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tel. 0481-462176/ 06-23536068 &amp; E-mail: </w:t>
+              <w:t xml:space="preserve">Tel. 06-23536068 &amp; E-mail: </w:t>
             </w:r>
             <w:r w:rsidRPr="009758DC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009758DC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> HYPERLINK "mailto:zweersp@gmail.com" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009758DC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="009758DC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009758DC">
@@ -1262,82 +1296,76 @@
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32A55CDD" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="009758DC">
         <w:t>Ik wil graag het volgende bestellen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE8578A" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48730706" w14:textId="4C3AAE7F" w:rsidR="009758DC" w:rsidRPr="00F31B96" w:rsidRDefault="00D6495B" w:rsidP="009758DC">
+    <w:p w14:paraId="48730706" w14:textId="56A78599" w:rsidR="009758DC" w:rsidRPr="00F31B96" w:rsidRDefault="00D6495B" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> sweater (€ </w:t>
       </w:r>
-      <w:r w:rsidR="008A3688" w:rsidRPr="00F31B96">
-[...9 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>40</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008A3688" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st.</w:t>
@@ -1379,67 +1407,67 @@
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">/of </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> polo (€ 2</w:t>
       </w:r>
-      <w:r w:rsidR="00F31B96" w:rsidRPr="00F31B96">
+      <w:r w:rsidR="008052EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="008A3688" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> p. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1488,197 +1516,140 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009758DC" w:rsidRPr="00F31B96">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE14C5D" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="00F31B96" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24AC3E5A" w14:textId="77777777" w:rsidR="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
+    <w:p w14:paraId="24AC3E5A" w14:textId="6A1E9531" w:rsidR="009758DC" w:rsidRPr="008052EB" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00D53BF1">
+      </w:pPr>
+      <w:r w:rsidRPr="008052EB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Beschikbare maten (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052EB">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sweater</w:t>
       </w:r>
-      <w:r w:rsidR="00D53BF1" w:rsidRPr="00D53BF1">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00D53BF1" w:rsidRPr="008052EB">
+        <w:rPr>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="008052EB">
+        <w:rPr>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008052EB">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">youth-M / youth-L/ youth-XL/ S / M / L / XL / XXL </w:t>
+      <w:r w:rsidR="008052EB" w:rsidRPr="008052EB">
+        <w:t>128 / 140</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052EB">
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB" w:rsidRPr="008052EB">
+        <w:t xml:space="preserve">152 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052EB">
+        <w:t>/ X</w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB" w:rsidRPr="008052EB">
+        <w:t xml:space="preserve">S </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052EB">
+        <w:t xml:space="preserve">/ S / M / L / XL / XXL </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE0C0E2" w14:textId="77777777" w:rsidR="00D53BF1" w:rsidRPr="00D53BF1" w:rsidRDefault="00D53BF1" w:rsidP="009758DC">
+    <w:p w14:paraId="7EE0C0E2" w14:textId="04856F92" w:rsidR="00D53BF1" w:rsidRPr="008052EB" w:rsidRDefault="00D53BF1" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D53BF1">
+      </w:pPr>
+      <w:r w:rsidRPr="008052EB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Beschikbare maten (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
+      <w:r w:rsidRPr="008052EB">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>polo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
+      <w:r w:rsidRPr="008052EB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D53BF1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008052EB">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008052EB">
         <w:tab/>
-      </w:r>
-[...28 lines deleted...]
-        <w:t>/ S / M / L / XL / XXL</w:t>
+        <w:t xml:space="preserve">128 </w:t>
+      </w:r>
+      <w:r w:rsidR="008052EB" w:rsidRPr="008052EB">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052EB">
+        <w:t xml:space="preserve"> 140 / 152 / 164 / S / M / L / XL / XXL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F54952A" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="00D53BF1" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AEB37DC" w14:textId="77777777" w:rsidR="009758DC" w:rsidRPr="009758DC" w:rsidRDefault="009758DC" w:rsidP="009758DC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="009758DC">
         <w:t xml:space="preserve">ο </w:t>
       </w:r>
       <w:r w:rsidRPr="009758DC">
         <w:tab/>
         <w:t xml:space="preserve">Ik voeg het bedrag van €  ________ </w:t>
       </w:r>
@@ -1806,120 +1777,119 @@
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-----</w:t>
       </w:r>
       <w:r w:rsidR="009758DC">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>-----</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00412908" w:rsidRPr="009758DC" w:rsidSect="009758DC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1191" w:bottom="284" w:left="1191" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
     <w:altName w:val="Segoe UI Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F1230A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90662764"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1996,98 +1966,100 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1468351462">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB1C0D"/>
+    <w:rsid w:val="00033710"/>
     <w:rsid w:val="00062FF2"/>
     <w:rsid w:val="000671E3"/>
     <w:rsid w:val="000F2349"/>
     <w:rsid w:val="001A49AC"/>
     <w:rsid w:val="001D76A2"/>
     <w:rsid w:val="00281D9F"/>
     <w:rsid w:val="00282BF6"/>
     <w:rsid w:val="002D2E7D"/>
     <w:rsid w:val="002E5C1E"/>
     <w:rsid w:val="002E6B7B"/>
     <w:rsid w:val="00336026"/>
     <w:rsid w:val="00412908"/>
     <w:rsid w:val="00426E0D"/>
     <w:rsid w:val="00434310"/>
     <w:rsid w:val="00452671"/>
     <w:rsid w:val="00471B32"/>
     <w:rsid w:val="004722D3"/>
     <w:rsid w:val="004C2AF9"/>
     <w:rsid w:val="004C5F31"/>
     <w:rsid w:val="00534A63"/>
     <w:rsid w:val="00541E36"/>
     <w:rsid w:val="00586414"/>
     <w:rsid w:val="00593FF4"/>
     <w:rsid w:val="005D519C"/>
     <w:rsid w:val="006259DB"/>
     <w:rsid w:val="00656BB0"/>
     <w:rsid w:val="0066476F"/>
     <w:rsid w:val="00686F67"/>
     <w:rsid w:val="006E4DDC"/>
     <w:rsid w:val="00754843"/>
     <w:rsid w:val="007E1348"/>
     <w:rsid w:val="007F1795"/>
+    <w:rsid w:val="008052EB"/>
     <w:rsid w:val="00814257"/>
     <w:rsid w:val="00844DA7"/>
     <w:rsid w:val="00860D63"/>
     <w:rsid w:val="00867DEA"/>
     <w:rsid w:val="0087111E"/>
     <w:rsid w:val="00876EE6"/>
     <w:rsid w:val="008A3688"/>
     <w:rsid w:val="008A401B"/>
     <w:rsid w:val="008B2CCD"/>
     <w:rsid w:val="00966D02"/>
     <w:rsid w:val="009708F1"/>
     <w:rsid w:val="009758DC"/>
     <w:rsid w:val="009A6B92"/>
     <w:rsid w:val="009C0203"/>
     <w:rsid w:val="00A15543"/>
     <w:rsid w:val="00A8384C"/>
     <w:rsid w:val="00A95A13"/>
     <w:rsid w:val="00C40054"/>
     <w:rsid w:val="00CF70E5"/>
     <w:rsid w:val="00D1475A"/>
     <w:rsid w:val="00D167A7"/>
     <w:rsid w:val="00D201D9"/>
     <w:rsid w:val="00D53BF1"/>
     <w:rsid w:val="00D6495B"/>
     <w:rsid w:val="00DB05DA"/>
@@ -2111,51 +2083,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="74AB8ABE"/>
   <w15:docId w15:val="{34044CF7-3FA4-4D23-9EDD-067ECB969A85}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2278,51 +2250,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2612,51 +2584,51 @@
     <w:rsid w:val="009758DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rsid w:val="009758DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="nl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="134225714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scouting-bemmel" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2928,65 +2900,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>430</Words>
-  <Characters>2369</Characters>
+  <Characters>2367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>RIVM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2794</CharactersWithSpaces>
+  <CharactersWithSpaces>2792</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Patrick Zweers</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>